--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -54,276 +54,276 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA - MS</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_decreto_legislativo_no_001-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_decreto_legislativo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do parecer emitido pelo Egrégio Tribunal de Contas do Estado do Piauí, favorável a aprovação das contas da Prefeitura Municipal de Tanque do Piauí, relativas ao exercício 2020".</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_decreto_legislativo_no_002-2024_aprovado.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_decreto_legislativo_no_002-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do parecer emitido pelo Egrégio Tribunal de Contas do Estado do Piauí, favorável a aprovação das contas da Prefeitura Municipal de Tanque do Piauí, relativas ao exercício 2021.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_decreto_legislativo_no_003-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_decreto_legislativo_no_003-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do parecer emitido pelo Egrégio Tribunal de Contas do Estado do Piauí, favorável à aprovação das contas da Prefeitura Municipal de Tanque do Piauí, relativas ao exercício financeiro de 2022".</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>NATANAEL SALES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_-_bolsa_de_monitoria.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_-_bolsa_de_monitoria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Bolsas de Monitoria de Ensino-aprendizagem, Tutoria/Monitoria da Educação em Tempo Integral, Apoio de Transporte escolar, apoio educacional especializado – AEE, Cuidador de alunos com Necessidades Educacionais, matriculados no Ensino Regular em Programa e Projetos da Rede Municipal de Educação de Tanque do Piauí, Estado do Piauí, e dá outras Providências”</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/32/adequacao_dos_salarios_dos_professores.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/32/adequacao_dos_salarios_dos_professores.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Adequação  Aos Termos Definidos Na Portaria Nº 61/2024, De 31 De Janeiro De 2024, Do Ministério Da Educação, Nos Termos Das Leis Federal Nº 11.738 De 16 De Julho De 2008 E 14.113 De 25 De Dezembro De 2020  Que Determina O Valor Do Piso Salarial De Profissional Nacional Do Magistério Público Da Educação Básica Para O Exercício De 2024, Recompõem-Se Os Vencimentos Aos Servidores Ocupantes De Cargos De Professores Para O Fim Especifico De Adequação Ao Piso Profissional Dos Profissionais Do Magistério Público Da Educação Básica Do Município De Tanque Do Piauí E Dá Outras Providencias.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/33/pl_no_003-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/33/pl_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de lei dispõe sobre o Serviço de Inspeção Municipal – SIM para produtos de origem animal e vegetal ao consumo humano e dá outras providencias.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/34/pl_no_004-2024_aprovado.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/34/pl_no_004-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza o poder executivo municipal, através da segurança Municipal de Saúde, a realizar o pagamento de gratificação por desempenho aos profissionais de saúde bucal e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/45/pl_no_005-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/45/pl_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial municipal dos Dentistas em conformidade com os termos previstos na Lei nº 3.999 de 15 de dezembro de 1961 (altera o salário dos médicos e cirurgiões dentistas), na lei Municipal nº 118 de 31 de dezembro de 2004 (Dispõe sobre a estrutura administrativa e regimento interno da Administração Direta do Município de Tanque do Piauí, cria cargos efetivos e de comissão e dá outras providencias), no âmbito do município de Tanque do Piauí e dá outras providencias.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/35/pl_no_006-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/35/pl_no_006-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o piso salarial dos agentes comunitários de saúde e agentes de combate às endemias, nos termos da Lei nº 5.133 de 20 de dezembro de 2007 e dá outras providências”</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/36/pl_no_007-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/36/pl_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Cria Os Componentes No Município De Tanque Do Piauí, Estado Do Piauí Do Sistema Nacional De Segurança Alimentar, Define Os Parâmetros Para Elaboração E Implementação Do Plano Municipal De Segurança Alimentar E Nutricional E Dá Outras Providencias.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/37/pl_no_009-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/37/pl_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste do vencimento a adequação aos termos definidos no X do artigo 37 da constituição federal aos servidores públicos do poder executivo, e dá outras providencias.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/38/pl_no011-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/38/pl_no011-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir no Orçamento Vigente Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/47/pl_n012-2024_-perimetro_urbano.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/47/pl_n012-2024_-perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei do Perímetro Urbano do Município de Tanque do Piauí, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_no_013-2024_-_fixa_o_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_no_013-2024_-_fixa_o_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DOS SUBSÍDIOS DOS VEREADORES E PRESIDENTE DA CÂMARA MUNICIPAL DE TANQUE DO PIAUÍ, PARA A LEGISLATURA 2025/2028.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação dos subsídios do Prefeito, Vice-Prefeito e Secretários municipais de Tanque do Piauí, para a legislatura 2025/2028 e dá outras providências”.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/52/pl_016-2024.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/52/pl_016-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa do Poder Executivo Municipal Instituída pela Lei Nº 118, de 31 de dezembro de 2004, e alterada pelas Leis nº199,282 e 383, criando a Secretaria Municipal de Meio Ambiente, e a Secretaria Municipal de Governo e a Secretaria Municipal de Transportes e dá outras providencias.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>“Altera o Art. 6º, inciso II, da Lei Municipal nº 406, de 21 de dezembro de 2023 e dá outras providências”,</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/54/pl_n_019-2024_aprovado.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/54/pl_n_019-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação do repasse de incentivo financeiro por desempenho instituído pela Portaria GM/MS Nº 3.493 de 10 de abril de 2024 do Ministério da saúde, que autoriza o repasse e pagamento da Gratificação por desempenho para as equipes eSF, eAP, eSB e Multi no âmbito do Município de Tanque do Piauí, Estado do Piauí e dá outras providências”,</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição salarial dos servidores efetivos e comissionados da Câmara Municipal de Tanque do Piauí, no exercício financeiro de 2024 e dá outras providências".</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 23, EXCLUI O ART. 23-A DA LEI ORGÂNICA DO MUNICÍPIO DE TANQUE DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -630,68 +630,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_decreto_legislativo_no_002-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_decreto_legislativo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_-_bolsa_de_monitoria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/32/adequacao_dos_salarios_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/33/pl_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/34/pl_no_004-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/45/pl_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/35/pl_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/36/pl_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/37/pl_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/38/pl_no011-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/47/pl_n012-2024_-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_no_013-2024_-_fixa_o_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/52/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/54/pl_n_019-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_emenda_a_lei_organica.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_decreto_legislativo_no_002-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_decreto_legislativo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_-_bolsa_de_monitoria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/32/adequacao_dos_salarios_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/33/pl_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/34/pl_no_004-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/45/pl_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/35/pl_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/36/pl_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/37/pl_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/38/pl_no011-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/47/pl_n012-2024_-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_no_013-2024_-_fixa_o_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/52/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/54/pl_n_019-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_emenda_a_lei_organica.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>