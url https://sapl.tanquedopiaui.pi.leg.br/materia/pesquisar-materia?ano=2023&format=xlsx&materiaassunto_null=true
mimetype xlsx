--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,232 +54,232 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>NATANAEL SALES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_aumento_do_piso_salarial_dos_professores.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_aumento_do_piso_salarial_dos_professores.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o aumento salarial para os professores de Tanque do Piauí e dá outras providências".</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_de_aumento_salarial_dos_servidores_publicos_de_tanque_do_piaui.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_de_aumento_salarial_dos_servidores_publicos_de_tanque_do_piaui.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE O  AUMENTO SALARIAL DOS SERVIDORES PÚBLICOS DE TANQUE DO PIAUÍ.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_estabelece_a_estrutura_e_o_funcionamento_do_conselho_tutelar.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_estabelece_a_estrutura_e_o_funcionamento_do_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_mudancas_climaticas.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_mudancas_climaticas.pdf</t>
   </si>
   <si>
     <t>INTITUI A POLITICA MUNICIPAL DE COMBATE A MUDANÇAS CLIMÁTICAS  E ESTABELECE SEUS PRINCIPIOS E DIRETRIZES, OBJETIVOS, INTRUMENTOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_educacao_ambiental.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_educacao_ambiental.pdf</t>
   </si>
   <si>
     <t>INSTUTUI A POLITICA DE EDUCAÇÃO AMBIENTAL E O SISTEMA DE EDUCAÇÃO AMBIENTAL DO MUNICIPIO DE TANQUE DO PIAUÍ.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_cultura.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_cultura.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICIPIO DE TANQUE DO PIAUÍ E CRIA O CONSELHO MUNICIPAL DE CULTURA CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/27/pl_007-_2023.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/27/pl_007-_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NO ORÇAMENTO VIGENTE CRÉDITO ADCIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_lei_-_operacao_de_credito_banco_do_brasil.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_lei_-_operacao_de_credito_banco_do_brasil.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM BANCO DO BRASIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_lei_-_piso_da_enfermagem.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_lei_-_piso_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL E COMPLEMENTAR O PISO DA ENFERMAGEM, NOS TERMOS DA LEI FEDERAL Nº 14.334 DE 04 DE AGOSTO DE 2022 E DA PORTARIA GM/MS Nº 1135 DE 16 DE AGOSTO DE 2023 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/</t>
   </si>
   <si>
     <t>DISPOE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>"Dispõe sobre Alteração do Art. 6º, inciso II, da Lei Municipal Nº 382 e 30 de dezembro de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/16/mensagem_009_refis_mlinicipal_2023.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/16/mensagem_009_refis_mlinicipal_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Recuperação Fiscal de Tanque do Piauí, do Estado do Piauí - REFIS MLINICIPAL 2023 e dá outas _x000D_
 providências</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/17/mensagem_010__educacao_lntegral.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/17/mensagem_010__educacao_lntegral.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a implantação da Política de Educação integral na Rede Municipal de Ensino de Tanque do Piauí- Pl, conforme previsto na Lei Municipal No 316/2015 de 24 de junho de 2015, que dispõe sobre o Plano Municipal de Educação".</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_011_-__utbaoo_do_municipio.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_011_-__utbaoo_do_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a lei do Perímetro Urbano do Município de  Tanque do Piauí, Estado do Piauí e dá outras providências</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/20/mensagem_012_-_ouvidotia-geral_do_nunicipio_de_tanque_do_piaui.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/20/mensagem_012_-_ouvidotia-geral_do_nunicipio_de_tanque_do_piaui.pdf</t>
   </si>
   <si>
     <t>Cria a ouvidoria Ouvidoria -Geral do município de Tanque do Piauí, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ELVIRA</t>
   </si>
   <si>
-    <t>https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_005-2023.pdf</t>
+    <t>http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_005-2023.pdf</t>
   </si>
   <si>
     <t>Pedido para que o presidente da casa solicite ao secretário de segurança pública do Estado do Piauí. Dr. Francisco Lucas que seja tomada providencias para construção de uma nova delegacia de policia na cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -586,68 +586,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_aumento_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_de_aumento_salarial_dos_servidores_publicos_de_tanque_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_estabelece_a_estrutura_e_o_funcionamento_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_mudancas_climaticas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/27/pl_007-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_lei_-_operacao_de_credito_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_lei_-_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/16/mensagem_009_refis_mlinicipal_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/17/mensagem_010__educacao_lntegral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_011_-__utbaoo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/20/mensagem_012_-_ouvidotia-geral_do_nunicipio_de_tanque_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_005-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_aumento_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_de_aumento_salarial_dos_servidores_publicos_de_tanque_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_estabelece_a_estrutura_e_o_funcionamento_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_mudancas_climaticas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/27/pl_007-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_lei_-_operacao_de_credito_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_lei_-_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2024/16/mensagem_009_refis_mlinicipal_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/17/mensagem_010__educacao_lntegral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_011_-__utbaoo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/20/mensagem_012_-_ouvidotia-geral_do_nunicipio_de_tanque_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tanquedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_005-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>